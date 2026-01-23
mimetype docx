--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -79,119 +79,119 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Reflexionen críticament sobre els diferents sistemes de presa de decisions (votacions, majories, consens) i la importància de la participació en la definició de normes per a la convivència de totes les persones i grups socials, sense exclusions per motiu d’origen o pertinença</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>I Models de convivència i inclusió social</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -1589,172 +1589,172 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId76">
         <w:r>
           <w:rPr/>
           <w:t xml:space="preserve">Reivindicació i defensa de la participació en la presa de decisions i en la definició de les normes de convivència de totes les persones i grups socials, sense exclusions per motius d’origen o pertinença </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId77">
         <w:r>
           <w:rPr/>
           <w:t>Valoració crítica i assumpció de les habilitats socials per a la convivència intercultural  en societats dinàmiques i canviants (comunicació, escolta activa, diàleg, empatia, provenció, resolució, transformació de conflictes, mediació, cooperació, flexibilitat i adaptabilitat)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId78">
         <w:r>
           <w:rPr/>
           <w:t xml:space="preserve">Construcció de relacions de convivència assertives i respectuoses amb totes les persones i grups socials independentment del seu origen o pertinença. </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId79">
         <w:r>
           <w:rPr/>
           <w:t>Respecte i reivindicació dels drets propis i de les persones i col.lectius de l'entorn proper i del món, fent èmfasi en aquells relacionats amb el reconeixement de les minories i de la diversitat (lingüística, cultura, religiosa...)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>