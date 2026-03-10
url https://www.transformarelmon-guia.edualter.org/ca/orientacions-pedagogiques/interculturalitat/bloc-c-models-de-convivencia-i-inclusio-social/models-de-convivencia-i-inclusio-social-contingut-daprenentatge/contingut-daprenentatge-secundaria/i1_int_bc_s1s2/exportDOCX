--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1640,59 +1640,59 @@
           <w:t>Valoració crítica i assumpció de les habilitats socials per a la convivència intercultural  en societats dinàmiques i canviants (comunicació, escolta activa, diàleg, empatia, provenció, resolució, transformació de conflictes, mediació, cooperació, flexibilitat i adaptabilitat)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId78">
         <w:r>
           <w:rPr/>
           <w:t xml:space="preserve">Construcció de relacions de convivència assertives i respectuoses amb totes les persones i grups socials independentment del seu origen o pertinença. </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>