--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -1754,59 +1754,59 @@
           <w:t>Inici en la pràctica de presa de decisions i de construcció consensuada d'algunes normes bàsiques per organitzar a la convivència a l’aula i al centre</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId88">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement d'algunes habilitats socials que contribueixen a la convivència intercultural a l'aula, al centre i a l'entor proper (comunicació, escolta activa, diàleg, empatia, provenció, resolució i transformació de conflictes, cooperació, flexibilitat, adaptabilitat) i inici en la seva pràctica</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>