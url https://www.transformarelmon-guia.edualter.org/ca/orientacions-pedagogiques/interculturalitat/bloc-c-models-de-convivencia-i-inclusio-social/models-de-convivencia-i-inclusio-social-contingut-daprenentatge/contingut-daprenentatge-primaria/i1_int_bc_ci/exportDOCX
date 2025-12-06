--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -965,102 +965,102 @@
           <w:t>Inici en la pràctica de presa de decisions i de construcció consensuada d'algunes normes bàsiques per organitzar a la convivència a l’aula i al centre</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId52">
         <w:r>
           <w:rPr/>
           <w:t>Participació en la presa de decisions i en la construcció consensuada d'unes normes bàsiques per organitzar la convivència a l’aula i al  centre</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>