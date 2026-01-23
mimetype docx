--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -79,68 +79,68 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Reconeixen la necessitat de consensuar unes normes bàsiques per organitzar la convivència a l’aula i al centre</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>I Models de convivència i inclusió social</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -868,175 +868,175 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId43">
         <w:r>
           <w:rPr/>
           <w:t>Identificació de les necessitats, desitjos, sentiments i valors propis i dels de les altres persones de l’entorn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId49">
         <w:r>
           <w:rPr/>
           <w:t>Identificació dels propis drets com a persones i com a membres de determinats col•lectius a partir d’aspectes propers (educació, salut, infància...)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId50">
         <w:r>
           <w:rPr/>
           <w:t>Identificació d'algunes habilitats socials necessàries per a la convivència intercultural a l'aula (comunicació, escolta activa, diàleg, empatia, provenció, resolució i transformació de conflictes, cooperaicó, flexibilitat, adaptabilitat) i familiarització amb la seva pràctica</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId51">
         <w:r>
           <w:rPr/>
           <w:t>Inici en la pràctica de presa de decisions i de construcció consensuada d'algunes normes bàsiques per organitzar a la convivència a l’aula i al centre</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId52">
         <w:r>
           <w:rPr/>
           <w:t>Participació en la presa de decisions i en la construcció consensuada d'unes normes bàsiques per organitzar la convivència a l’aula i al  centre</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>