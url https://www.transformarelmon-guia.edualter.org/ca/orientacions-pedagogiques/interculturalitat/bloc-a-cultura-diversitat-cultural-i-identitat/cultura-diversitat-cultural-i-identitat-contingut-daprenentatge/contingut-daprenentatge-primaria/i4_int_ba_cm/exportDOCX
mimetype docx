--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -2543,59 +2543,59 @@
           <w:t>Reconeixement de la diversitat cultural (llengües, costums, valors, creences, formes de vida...) present a l’aula, a l’escola, i a l’entorn proper, com una oportunitat d’aprenentatge i d’enriquiment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId128">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement de les experiències migratòries dels diferents membres de les famílies de l’alumnat, identificant la seva tipologia (del camp a la ciutat, dintre del propi país, internacional...).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -2621,59 +2621,59 @@
           <w:t>Identificació d’alguns principis i valors fonamentals que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones, independentment del seu origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId130">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi dels fenòmens migratoris, de les seves causes i conseqüències, a partir del testimoni que aporta la biografia familiar pròpia i dels companys, i de l’anàlisi de les informacions reflectides en els mitjans de comunicació</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>