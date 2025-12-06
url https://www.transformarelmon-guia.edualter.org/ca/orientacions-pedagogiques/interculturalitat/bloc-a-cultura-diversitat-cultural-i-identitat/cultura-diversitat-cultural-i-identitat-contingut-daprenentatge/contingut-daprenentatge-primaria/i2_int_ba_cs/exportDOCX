--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -172,59 +172,59 @@
         <w:t>Cicle Superior Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -2888,161 +2888,161 @@
           <w:t>Observació de la diversitat de llengües, costums, valors, creences i formes de vida que es troben a l’aula i a l’escola, per tal d’aproximar-se i aprendre d’altres cultures</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId92">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement de la diversitat cultural (llengües, costums, valors, creences, formes de vida...) present a l’aula, a l’escola, i a l’entorn proper, com una oportunitat d’aprenentatge i d’enriquiment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId32">
         <w:r>
           <w:rPr/>
           <w:t>Presa de consciència del procés de construcció de la pròpia identitat a partir de la relació amb les persones i col.lectius de l’entorn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId93">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement dels principis i valors fonamentals (justícia, equitat, dignitat, pau, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones independentment del seu origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>