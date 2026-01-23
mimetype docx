--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -79,68 +79,68 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Respecten i valoren la diversitat cultural (llengües, costums, valors, creences, formes de vida...) present a l’aula, a l’escola i a l’entorn proper, com una oportunitat d’aprenentatge i enriquiment</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>I Cultura, diversitat cultural i idenditats</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -164,67 +164,67 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cicle Superior Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -2872,231 +2872,231 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId91">
         <w:r>
           <w:rPr/>
           <w:t>Observació de la diversitat de llengües, costums, valors, creences i formes de vida que es troben a l’aula i a l’escola, per tal d’aproximar-se i aprendre d’altres cultures</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId92">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement de la diversitat cultural (llengües, costums, valors, creences, formes de vida...) present a l’aula, a l’escola, i a l’entorn proper, com una oportunitat d’aprenentatge i d’enriquiment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId32">
         <w:r>
           <w:rPr/>
           <w:t>Presa de consciència del procés de construcció de la pròpia identitat a partir de la relació amb les persones i col.lectius de l’entorn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId93">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement dels principis i valors fonamentals (justícia, equitat, dignitat, pau, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones independentment del seu origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId94">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi dels fenòmens migratoris, de les seves causes i conseqüències, a partir del testimoni que aporta la biografia familiar pròpia i dels companys, i de l’anàlisi de les informacions reflectides en els mitjans de comunicació</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>