--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -164,67 +164,67 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cicle Superior Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -2888,161 +2888,161 @@
           <w:t>Observació de la diversitat de llengües, costums, valors, creences i formes de vida que es troben a l’aula i a l’escola, per tal d’aproximar-se i aprendre d’altres cultures</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId92">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement de la diversitat cultural (llengües, costums, valors, creences, formes de vida...) present a l’aula, a l’escola, i a l’entorn proper, com una oportunitat d’aprenentatge i d’enriquiment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId32">
         <w:r>
           <w:rPr/>
           <w:t>Presa de consciència del procés de construcció de la pròpia identitat a partir de la relació amb les persones i col.lectius de l’entorn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència emprenedora</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId93">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement dels principis i valors fonamentals (justícia, equitat, dignitat, pau, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones independentment del seu origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>