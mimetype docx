--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -79,119 +79,119 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Desenvolupen críticament el seu propi procés de construcció de la identitat de gènere, identitat sexual i opció afectivosexual.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>G Pluralitat d’identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
+        <w:t>G Pluralitat d'identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -2288,51 +2288,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2494,118 +2494,118 @@
           <w:t>Reflexió crítica de la diversitat en identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId105">
         <w:r>
           <w:rPr/>
           <w:t>Manifestació de conductes i relacions interpersonals basades en el respecte, el diàleg i la igualtat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId22">
         <w:r>
           <w:rPr/>
           <w:t>Valoració dels trets constitutius de la pròpia identitat de gènere, identitat sexual i opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>