--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -2494,118 +2494,118 @@
           <w:t>Reflexió crítica de la diversitat en identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId105">
         <w:r>
           <w:rPr/>
           <w:t>Manifestació de conductes i relacions interpersonals basades en el respecte, el diàleg i la igualtat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId22">
         <w:r>
           <w:rPr/>
           <w:t>Valoració dels trets constitutius de la pròpia identitat de gènere, identitat sexual i opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>