--- v0 (2025-10-18)
+++ v1 (2026-01-01)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Valoren les semblances i diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -147,51 +147,51 @@
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>