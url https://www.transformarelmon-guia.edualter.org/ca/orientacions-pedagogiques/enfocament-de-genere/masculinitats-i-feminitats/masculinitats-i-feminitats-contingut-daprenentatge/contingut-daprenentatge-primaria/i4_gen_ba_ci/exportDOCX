--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>S’interessen per conèixer el paper de la dona i els saber femenins al llarg de la història com a motor de canvi i transformació social</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>