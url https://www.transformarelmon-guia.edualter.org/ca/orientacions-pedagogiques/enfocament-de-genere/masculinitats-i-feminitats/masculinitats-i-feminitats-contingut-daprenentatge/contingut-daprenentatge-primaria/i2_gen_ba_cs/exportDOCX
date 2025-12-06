--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -2860,59 +2860,59 @@
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId18">
         <w:r>
           <w:rPr/>
           <w:t>Aprofundiment de les princials situacions de desigualtat, injustícia i discriminació per motiu de gènere, sexe o opció afectivosexual.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -2930,59 +2930,59 @@
           <w:t>Sensibilització sobre el paper de la dona i els sabers femenins com a motor de canvi i transformació social.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId102">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement  dels drets i deures individuals i col·lectius en qüestió de gènere.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>