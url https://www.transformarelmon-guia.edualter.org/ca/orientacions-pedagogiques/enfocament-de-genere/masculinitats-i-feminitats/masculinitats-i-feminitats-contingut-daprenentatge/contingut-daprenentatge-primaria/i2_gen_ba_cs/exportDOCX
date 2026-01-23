--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Mostren interès i sensibilitat per conèixer les semblances i diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -2852,67 +2852,67 @@
           <w:t>Presa de consciència del propi procès de construcció de la masculinitat i la feminitat.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId18">
         <w:r>
           <w:rPr/>
           <w:t>Aprofundiment de les princials situacions de desigualtat, injustícia i discriminació per motiu de gènere, sexe o opció afectivosexual.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -2973,59 +2973,59 @@
           <w:t>Reconeixement  dels drets i deures individuals i col·lectius en qüestió de gènere.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència emprenedora</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>