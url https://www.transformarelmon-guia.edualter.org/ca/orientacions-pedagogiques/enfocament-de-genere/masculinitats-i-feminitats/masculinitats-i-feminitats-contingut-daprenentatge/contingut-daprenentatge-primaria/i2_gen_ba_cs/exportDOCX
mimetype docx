--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -2852,67 +2852,67 @@
           <w:t>Presa de consciència del propi procès de construcció de la masculinitat i la feminitat.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId18">
         <w:r>
           <w:rPr/>
           <w:t>Aprofundiment de les princials situacions de desigualtat, injustícia i discriminació per motiu de gènere, sexe o opció afectivosexual.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -2930,102 +2930,102 @@
           <w:t>Sensibilització sobre el paper de la dona i els sabers femenins com a motor de canvi i transformació social.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId102">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement  dels drets i deures individuals i col·lectius en qüestió de gènere.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència emprenedora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>