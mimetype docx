--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -3317,59 +3317,59 @@
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId114">
         <w:r>
           <w:rPr/>
           <w:t>Manifestació d’actituds cooperatives, solidàries i crítiques davant de situacions de discriminació per motiu de gènere, sexe i opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -3387,59 +3387,59 @@
           <w:t>Rebuig de comportaments i actituds discriminatòries en diferents àmbits de la vida</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId66">
         <w:r>
           <w:rPr/>
           <w:t>Proposició de diferents eines, mecanismes i recursos de prevenció i protecció en situacions de discriminació i vulnerabilitat per motiu de gènere, sexe o opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>