--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -149,59 +149,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Segon cicle d'ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -4839,67 +4839,67 @@
           <w:t>Visió crítica envers els estereotips  i prejudicis de gènere en les diferents dimensions i àmbits personals i socials.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId13">
         <w:r>
           <w:rPr/>
           <w:t>Manifestació d’actituds cooperatives, solidàries i crítiques davant de situacions de discriminació per motiu de gènere, sexe i opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -4917,59 +4917,59 @@
           <w:t>Rebuig de comportaments i actituds discriminatòries en diferents àmbits de la vida</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId118">
         <w:r>
           <w:rPr/>
           <w:t>Proposició de diferents eines, mecanismes i recursos de prevenció i protecció en situacions de discriminació i vulnerabilitat per motiu de gènere, sexe o opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>