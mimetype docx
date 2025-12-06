--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -2664,110 +2664,110 @@
           <w:t>Visió crítica envers els estereotips  i prejudicis de gènere en les diferents dimensions i àmbits personals i socials.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr/>
           <w:t>Rebuig de comportaments i actituds discriminatòries en diferents àmbits de la vida</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId112">
         <w:r>
           <w:rPr/>
           <w:t>Reflexió crítica dels propis prejudicis envers les diferents identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>