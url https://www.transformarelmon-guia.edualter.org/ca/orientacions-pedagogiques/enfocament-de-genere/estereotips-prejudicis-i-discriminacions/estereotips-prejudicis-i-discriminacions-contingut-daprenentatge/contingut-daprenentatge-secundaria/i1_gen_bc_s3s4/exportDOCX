--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -157,59 +157,59 @@
         <w:t>Segon cicle d'ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -4018,59 +4018,59 @@
           <w:t>Rebuig de comportaments i actituds discriminatòries en diferents àmbits de la vida</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId167">
         <w:r>
           <w:rPr/>
           <w:t>Reflexió crítica dels propis prejudicis envers les diferents identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>