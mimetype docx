--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -164,67 +164,67 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cicle Superior Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -3318,59 +3318,59 @@
           <w:t>Aprofundiment en la identificació i rebuig dels propis prejudicis envers les identitats de gènere, identitats sexuals i opcions afectivosexuals.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId94">
         <w:r>
           <w:rPr/>
           <w:t>Aprofundiment en el coneixement, la tria i l’aplicació de les eines, mecanismes i recursos de prevenció i protecció en situacions de discriminació i vulnerabilitat per motiu de gènere, sexe o opció afectivasexual.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>