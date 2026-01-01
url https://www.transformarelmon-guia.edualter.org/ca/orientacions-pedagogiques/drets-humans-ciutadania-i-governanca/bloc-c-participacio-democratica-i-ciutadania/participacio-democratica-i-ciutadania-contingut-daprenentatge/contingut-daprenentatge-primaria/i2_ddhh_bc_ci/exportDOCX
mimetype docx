--- v0 (2025-10-17)
+++ v1 (2026-01-01)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>S’interessen i mostren voluntat per participar de forma responsable i compromesa en les tasques escolars</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -2081,110 +2081,110 @@
           <w:t>Presentació i pràctica de les diferents habilitats per a la comunicació i la convivència a l’aula</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId30">
         <w:r>
           <w:rPr/>
           <w:t>Presentació i pràctica de les normes, i de la seva importància per a la convivència democràtica en els diferents àmbits relacionals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId31">
         <w:r>
           <w:rPr/>
           <w:t>Presentació i exercitació d’alguns mecanismes i vies de participació democràtica a l’aula</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>