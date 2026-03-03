--- v1 (2026-01-01)
+++ v2 (2026-03-03)
@@ -2081,110 +2081,110 @@
           <w:t>Presentació i pràctica de les diferents habilitats per a la comunicació i la convivència a l’aula</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId30">
         <w:r>
           <w:rPr/>
           <w:t>Presentació i pràctica de les normes, i de la seva importància per a la convivència democràtica en els diferents àmbits relacionals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId31">
         <w:r>
           <w:rPr/>
           <w:t>Presentació i exercitació d’alguns mecanismes i vies de participació democràtica a l’aula</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>