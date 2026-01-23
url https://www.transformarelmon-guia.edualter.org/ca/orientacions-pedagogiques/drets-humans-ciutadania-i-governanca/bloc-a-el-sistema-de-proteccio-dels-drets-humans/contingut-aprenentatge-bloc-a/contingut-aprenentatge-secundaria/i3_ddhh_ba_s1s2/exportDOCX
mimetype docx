--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Indaguen tot tipus d’accions que contribueixin a eradicar les situacions de marginació, discriminació, injustícia i violació de drets fonamentals en l’entorn proper</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -147,51 +147,51 @@
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -1510,51 +1510,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -1657,59 +1657,59 @@
           <w:t xml:space="preserve">Denúncia davant de situacions de vulnerabilitat social i de violació de drets fonamentals tant en l’entorn proper com en el llunyà </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId77">
         <w:r>
           <w:rPr/>
           <w:t>Respecte  i defensa dels drets propis i de les  persones tant de l’entorn proper com llunyà a partir de l’assertivitat, l’empatia i la solidaritat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>