--- v0 (2025-10-16)
+++ v1 (2026-01-23)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Respecten i defensen els drets individuals i col·lectius propis i de les persones tant de l’entorn proper com llunyà a partir de l’assertivitat, l’empatia i la solidaritat</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -147,51 +147,51 @@
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>