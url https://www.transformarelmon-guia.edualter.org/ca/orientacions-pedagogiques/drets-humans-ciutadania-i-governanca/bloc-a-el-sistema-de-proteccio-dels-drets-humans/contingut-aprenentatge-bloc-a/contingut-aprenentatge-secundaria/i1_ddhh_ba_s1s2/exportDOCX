--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -1643,59 +1643,59 @@
           <w:t>Defensa i promoció dels drets propis i de les persones tant de l’entorn proper com  llunyà a partir de l’assertivitat, l’empatia i la solidaritat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId91">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crítica de la trajectòria històrica dels drets humans (drets civils i polítics; drets socials, econòmics, ambientals i culturals;  drets emergents) i  dels instruments de protecció existents (Declaració Universal dels Drets Humans, Convenció Drets de l’Infant, Estatut d’Autonomia, Constitució Espanyola...)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>