--- v0 (2026-01-01)
+++ v1 (2026-03-03)
@@ -2405,67 +2405,67 @@
           <w:t>Identificació i reflexió al voltant de les diferents situacions de violació dels drets humans tant en països en situacions de conflictes armats o amb sistemes polítics no democràtics con en l'entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId19">
         <w:r>
           <w:rPr/>
           <w:t>Identificació d'alguns dels drets humans reconeguts en la Convenció dels Drets de la Infància</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>