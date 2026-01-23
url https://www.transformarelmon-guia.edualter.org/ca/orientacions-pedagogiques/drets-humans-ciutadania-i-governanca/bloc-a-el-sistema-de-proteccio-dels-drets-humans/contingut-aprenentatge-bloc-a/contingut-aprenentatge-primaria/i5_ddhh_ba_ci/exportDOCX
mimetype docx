--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Observen diferents situacions de violació de drets humans en països amb grans desigualtats, conflictes armats, o amb sistemes polítics no democràtics</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -482,110 +482,110 @@
           <w:t>Identificació i reflexió al voltant de les diferents situacions de violació dels drets humans tant en països en situacions de conflictes armats o amb sistemes polítics no democràtics con en l'entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId11">
         <w:r>
           <w:rPr/>
           <w:t>Presentació de diferents drets humans vinculats a la realitat propera de l'alumnat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId19">
         <w:r>
           <w:rPr/>
           <w:t>Observació de diferents situacions de marginació, discriminació, injustícia i violació de drets fonamentals en l'entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>