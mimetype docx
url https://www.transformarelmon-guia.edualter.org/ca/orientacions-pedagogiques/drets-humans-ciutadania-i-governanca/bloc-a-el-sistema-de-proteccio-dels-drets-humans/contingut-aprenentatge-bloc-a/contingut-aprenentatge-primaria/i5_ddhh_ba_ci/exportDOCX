--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -490,102 +490,102 @@
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId11">
         <w:r>
           <w:rPr/>
           <w:t>Presentació de diferents drets humans vinculats a la realitat propera de l'alumnat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId19">
         <w:r>
           <w:rPr/>
           <w:t>Observació de diferents situacions de marginació, discriminació, injustícia i violació de drets fonamentals en l'entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>