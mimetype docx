--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -1838,59 +1838,59 @@
           <w:t>Identificació i rebuig de les diferents situacions de marginació, discriminació, injustícia i violació de drets fonamentals en l’entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId33">
         <w:r>
           <w:rPr/>
           <w:t>Identificació d'alguns dels drets humans reconeguts en la Convenció dels Drets de la Infància</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>