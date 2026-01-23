--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Reconeixen diferents situacions de marginació, discriminació, injustícia i violació de drets fonamentals en l’entorn proper</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -1838,59 +1838,59 @@
           <w:t>Identificació i rebuig de les diferents situacions de marginació, discriminació, injustícia i violació de drets fonamentals en l’entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId33">
         <w:r>
           <w:rPr/>
           <w:t>Identificació d'alguns dels drets humans reconeguts en la Convenció dels Drets de la Infància</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>