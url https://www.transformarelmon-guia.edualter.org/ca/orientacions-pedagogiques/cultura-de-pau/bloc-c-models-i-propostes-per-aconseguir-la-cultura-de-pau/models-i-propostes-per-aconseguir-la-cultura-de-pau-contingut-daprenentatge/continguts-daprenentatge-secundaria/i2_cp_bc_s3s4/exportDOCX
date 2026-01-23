--- v0 (2025-10-17)
+++ v1 (2026-01-23)
@@ -79,119 +79,119 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>No col·laboren amb algun principi, norma i forma d’organització injustes.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>P Models i propostes per aconseguir la cultura de pau</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -982,175 +982,175 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId20">
         <w:r>
           <w:rPr/>
           <w:t>Valoració positiva de les normes de centre i socials, reconeixent-ne el benefici per una mateixa, per les altres persones i per la societat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId44">
         <w:r>
           <w:rPr/>
           <w:t>Participació reflexiva en una iniciativa alternativa al militarisme, la despesa militar, les guerres i a les formes de violència en general</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId45">
         <w:r>
           <w:rPr/>
           <w:t>Comprensió dels plantejaments pacifistes i noviolents des de la teoria (valors i arguments de pau) fins a la pràctica (alternatives de pau) (pau positiva)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId46">
         <w:r>
           <w:rPr/>
           <w:t>Valoració crítica de la posada en pràctica d’una estratègia  a mig termini i de tasques per tal de millorar aspectes de l’entorn proper o necessitats socials (desarmament, pau, drets, major equitat, relacions més justes)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId47">
         <w:r>
           <w:rPr/>
           <w:t>Actuació amb coherència (cura d’una mateixa, cura de l’altre, cura de l’entorn) per la creació d’alternatives que tendeixin a la cultura de pau global</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>