--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -164,67 +164,67 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Segon cicle d'ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -4890,110 +4890,110 @@
           <w:t>Reflexió crítica sobre causes i conseqüències dels diferents tipus de violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId33">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement dels diferents tipus de conflictes (locals, socials, internacionals; noviolents o violents) i reflexió crítica de la cobertura que en fan els mitjans de comunicació</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència digital</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència digital</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId34">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crítica del procés, dels actors i de les necessitats en els conflictes interpersonals, socials o internacionals, de les seves causes i conseqüències des de la complexitat, capaç de destriar críticament la informació i de superar una visió simplista del món</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>