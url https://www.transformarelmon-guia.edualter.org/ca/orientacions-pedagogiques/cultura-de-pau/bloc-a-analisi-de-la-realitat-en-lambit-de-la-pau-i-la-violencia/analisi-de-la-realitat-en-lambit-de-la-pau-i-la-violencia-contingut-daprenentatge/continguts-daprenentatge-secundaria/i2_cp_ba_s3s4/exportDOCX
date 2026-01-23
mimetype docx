--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -79,144 +79,144 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Emprenen accions alternatives per frenar els diferents tipus de violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>P Anàlisi de la realitat en l’àmbit de la pau i la violència</w:t>
+        <w:t>P Anàlisi de la realitat en l'àmbit de la pau i la violència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -3467,51 +3467,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -3636,51 +3636,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -3805,51 +3805,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
         <w:t>---------------</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>DESCRIPCIÓ</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
@@ -3961,51 +3961,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -4134,51 +4134,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -4307,51 +4307,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -4476,51 +4476,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -4653,51 +4653,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -4847,226 +4847,226 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId28">
         <w:r>
           <w:rPr/>
           <w:t>Capacitat d’argumentar el rebuig als tipus de violència (directa, estructural i cultural) en les relacions interpersonals i en les condicions socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId31">
         <w:r>
           <w:rPr/>
           <w:t>Reflexió crítica sobre causes i conseqüències dels diferents tipus de violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId33">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement dels diferents tipus de conflictes (locals, socials, internacionals; noviolents o violents) i reflexió crítica de la cobertura que en fan els mitjans de comunicació</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència digital</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId34">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crítica del procés, dels actors i de les necessitats en els conflictes interpersonals, socials o internacionals, de les seves causes i conseqüències des de la complexitat, capaç de destriar críticament la informació i de superar una visió simplista del món</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId104">
         <w:r>
           <w:rPr/>
           <w:t>Defensa del conflicte com a oportunitat de canvi social</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId168">
         <w:r>
           <w:rPr/>
           <w:t>Valoració crítica dels principals actors i del dret internacionals existents, i de les pràctiques que suposen una oportunitat per promoure la pau</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>