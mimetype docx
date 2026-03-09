--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -4933,67 +4933,67 @@
           <w:t>Coneixement dels diferents tipus de conflictes (locals, socials, internacionals; noviolents o violents) i reflexió crítica de la cobertura que en fan els mitjans de comunicació</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència digital</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència digital</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId34">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crítica del procés, dels actors i de les necessitats en els conflictes interpersonals, socials o internacionals, de les seves causes i conseqüències des de la complexitat, capaç de destriar críticament la informació i de superar una visió simplista del món</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>