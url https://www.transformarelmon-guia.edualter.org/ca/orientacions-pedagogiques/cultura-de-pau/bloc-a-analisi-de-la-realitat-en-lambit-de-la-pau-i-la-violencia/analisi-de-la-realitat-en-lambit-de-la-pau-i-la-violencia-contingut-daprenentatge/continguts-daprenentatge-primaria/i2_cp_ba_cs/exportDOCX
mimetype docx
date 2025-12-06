--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -2264,67 +2264,67 @@
           <w:t>Valoració crítica dels diferents tipus de violència (directa (física, verbal, psicològica), estructural i cultural) en les relacions interpersonals i l’entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId25">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement del tipus de conflicte a l'aula i en la realitat propera, capacitat de comparar-los i d’argumentar si són violents o no</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>