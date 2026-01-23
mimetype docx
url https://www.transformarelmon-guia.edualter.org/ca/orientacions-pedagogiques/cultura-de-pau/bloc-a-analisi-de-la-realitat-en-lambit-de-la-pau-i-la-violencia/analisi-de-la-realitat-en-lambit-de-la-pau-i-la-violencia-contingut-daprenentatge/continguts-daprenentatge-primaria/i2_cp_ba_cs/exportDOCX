--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -79,85 +79,85 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Formulen la seva pròpia opinió sobre diferents exemples de violència (directa (física, verbal, psicològica), estructural i cultural) en les relacions interpersonals i l’entorn proper.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>P Anàlisi de la realitat en l’àmbit de la pau i la violència</w:t>
+        <w:t>P Anàlisi de la realitat en l'àmbit de la pau i la violència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -2194,237 +2194,237 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr/>
           <w:t>Expressió del rebuig a la violència directa (física, verbal i psicològica) en les relacions interpersonals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId20">
         <w:r>
           <w:rPr/>
           <w:t>Capacitat de canalitzar la violència directa pròpia  (física, verbal i psicològica) en les relacions interpersonals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId23">
         <w:r>
           <w:rPr/>
           <w:t>Valoració crítica dels diferents tipus de violència (directa (física, verbal, psicològica), estructural i cultural) en les relacions interpersonals i l’entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId25">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement del tipus de conflicte a l'aula i en la realitat propera, capacitat de comparar-los i d’argumentar si són violents o no</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId26">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi del procés, dels actors implicats, i de les postures de cada part en un conflicte interpersonal o local</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId102">
         <w:r>
           <w:rPr/>
           <w:t>Valoració dels beneficis i els reptes de respectar el procés i de trobar una sortida justa per resoldre els conflictes interpersonals i locals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId116">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement del rol de les Nacions Unides i del dret internacional</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>