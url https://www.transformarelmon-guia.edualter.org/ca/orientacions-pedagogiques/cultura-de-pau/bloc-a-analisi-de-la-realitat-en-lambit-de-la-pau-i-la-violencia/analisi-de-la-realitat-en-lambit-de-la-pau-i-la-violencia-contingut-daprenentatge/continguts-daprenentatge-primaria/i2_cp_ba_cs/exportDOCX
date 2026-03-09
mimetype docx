--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -2272,59 +2272,59 @@
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId25">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement del tipus de conflicte a l'aula i en la realitat propera, capacitat de comparar-los i d’argumentar si són violents o no</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>